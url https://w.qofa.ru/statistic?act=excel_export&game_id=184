--- v0 (2025-12-27)
+++ v1 (2026-02-11)
@@ -196,678 +196,678 @@
           <t>Статус</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
         <v>1</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <t>Karamelko</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>30.12.2022 / 22:30:05</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>0:00:31</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
-          <t>1092d 23:41:37</t>
+          <t>1138d 9:51:21</t>
         </is>
       </c>
       <c r="F2" s="1" t="n">
         <v>100</v>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>Не в игре, Завершено</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
         <v>2</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
           <t>Илья</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>06.06.2024 / 20:48:05</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>0:00:46</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
-          <t>569d 1:23:37</t>
+          <t>614d 11:33:21</t>
         </is>
       </c>
       <c r="F3" s="1" t="n">
         <v>100</v>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>Не в игре, Завершено</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
         <v>3</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Veronika</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>26.08.2023 / 05:55:25</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>0:00:48</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
-          <t>854d 16:16:17</t>
+          <t>900d 2:26:01</t>
         </is>
       </c>
       <c r="F4" s="1" t="n">
         <v>100</v>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>Не в игре, Завершено</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
         <v>4</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
           <t>Михаил</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>03.02.2024 / 12:43:29</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>0:01:05</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
-          <t>693d 9:28:13</t>
+          <t>738d 19:37:57</t>
         </is>
       </c>
       <c r="F5" s="1" t="n">
         <v>100</v>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>Не в игре, Завершено</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
         <v>5</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
           <t>JULIA</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>20.12.2023 / 20:20:36</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>0:01:12</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
-          <t>738d 1:51:06</t>
+          <t>783d 12:00:50</t>
         </is>
       </c>
       <c r="F6" s="1" t="n">
         <v>100</v>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>Не в игре, Завершено</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
         <v>6</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
           <t>Окрошка</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>01.01.2023 / 02:39:40</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>0:01:12</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
-          <t>1091d 19:32:02</t>
+          <t>1137d 5:41:46</t>
         </is>
       </c>
       <c r="F7" s="1" t="n">
         <v>100</v>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>Не в игре, Завершено</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
         <v>7</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
           <t>Вер Мишель</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>03.02.2024 / 13:03:36</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>0:01:17</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
-          <t>693d 9:08:06</t>
+          <t>738d 19:17:50</t>
         </is>
       </c>
       <c r="F8" s="1" t="n">
         <v>100</v>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>Не в игре, Завершено</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
         <v>8</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
           <t>велзович павел</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>03.01.2023 / 17:30:45</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>0:01:55</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
-          <t>1089d 4:40:57</t>
+          <t>1134d 14:50:41</t>
         </is>
       </c>
       <c r="F9" s="1" t="n">
         <v>100</v>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>Не в игре, Завершено</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
         <v>9</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
           <t>Чистяков Вадим</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>30.12.2022 / 22:14:13</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>0:00:00</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
-          <t>1092d 23:57:29</t>
+          <t>1138d 10:07:13</t>
         </is>
       </c>
       <c r="F10" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <t>Не в игре, В процессе</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
         <v>10</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
           <t>Дарина</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>31.12.2022 / 00:09:10</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>0:00:00</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
-          <t>1092d 22:02:32</t>
+          <t>1138d 8:12:16</t>
         </is>
       </c>
       <c r="F11" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <t>Не в игре, В процессе</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
         <v>11</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
           <t>Биттер Мариам</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>31.12.2022 / 00:08:34</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>0:00:00</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
-          <t>1092d 22:03:08</t>
+          <t>1138d 8:12:52</t>
         </is>
       </c>
       <c r="F12" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>Не в игре, В процессе</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
         <v>12</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
           <t>Матевосян Эрик</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>03.01.2023 / 17:29:08</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>0:01:34</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
-          <t>1089d 4:42:34</t>
+          <t>1134d 14:52:18</t>
         </is>
       </c>
       <c r="F13" s="1" t="n">
         <v>100</v>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>Не в игре, Завершено</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
         <v>13</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
           <t>Пингвин Кофа</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>20.05.2024 / 08:05:14</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>0:01:41</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
-          <t>586d 14:06:28</t>
+          <t>632d 0:16:12</t>
         </is>
       </c>
       <c r="F14" s="1" t="n">
         <v>100</v>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>Не в игре, Завершено</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
         <v>14</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
           <t>Name Noon</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>30.12.2022 / 22:45:27</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>0:00:00</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
-          <t>1092d 23:26:15</t>
+          <t>1138d 9:35:59</t>
         </is>
       </c>
       <c r="F15" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>В игре, В процессе</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
         <v>15</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
           <t>Мария</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>30.12.2022 / 22:45:55</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>0:00:00</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
-          <t>1092d 23:25:47</t>
+          <t>1138d 9:35:31</t>
         </is>
       </c>
       <c r="F16" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>Не в игре, В процессе</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
         <v>16</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
           <t>Ангелина</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>25.11.2023 / 15:52:16</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>0:00:49</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
-          <t>763d 6:19:26</t>
+          <t>808d 16:29:10</t>
         </is>
       </c>
       <c r="F17" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>Не в игре, В процессе</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
         <v>17</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
           <t>Кепка</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>30.12.2022 / 22:03:40</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>0:00:00</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
-          <t>1093d 0:08:02</t>
+          <t>1138d 10:17:46</t>
         </is>
       </c>
       <c r="F18" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <t>Не в игре, В процессе</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
         <v>18</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
           <t>karamush</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>28.01.2024 / 00:34:43</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>0:00:13</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
-          <t>699d 21:36:59</t>
+          <t>745d 7:46:43</t>
         </is>
       </c>
       <c r="F19" s="1" t="n">
         <v>100</v>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <t>Не в игре, Завершено</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
         <v>19</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
           <t>ksusha</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>08.11.2024 / 13:15:07</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>0:00:07</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
-          <t>414d 8:56:35</t>
+          <t>459d 19:06:19</t>
         </is>
       </c>
       <c r="F20" s="1" t="n">
         <v>20</v>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <t>Не в игре, В процессе</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
         <v>20</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
           <t>Мистер Робот</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>23.01.2024 / 01:39:10</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>0:00:08</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
-          <t>704d 20:32:32</t>
+          <t>750d 6:42:16</t>
         </is>
       </c>
       <c r="F21" s="1" t="n">
         <v>10</v>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <t>Не в игре, В процессе</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>