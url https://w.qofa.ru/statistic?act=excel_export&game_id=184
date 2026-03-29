--- v1 (2026-02-11)
+++ v2 (2026-03-29)
@@ -196,678 +196,678 @@
           <t>Статус</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
         <v>1</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <t>Karamelko</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>30.12.2022 / 22:30:05</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>0:00:31</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
-          <t>1138d 9:51:21</t>
+          <t>1184d 6:41:53</t>
         </is>
       </c>
       <c r="F2" s="1" t="n">
         <v>100</v>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>Не в игре, Завершено</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
         <v>2</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
           <t>Илья</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>06.06.2024 / 20:48:05</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>0:00:46</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
-          <t>614d 11:33:21</t>
+          <t>660d 8:23:53</t>
         </is>
       </c>
       <c r="F3" s="1" t="n">
         <v>100</v>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>Не в игре, Завершено</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
         <v>3</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Veronika</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>26.08.2023 / 05:55:25</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>0:00:48</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
-          <t>900d 2:26:01</t>
+          <t>945d 23:16:33</t>
         </is>
       </c>
       <c r="F4" s="1" t="n">
         <v>100</v>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>Не в игре, Завершено</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
         <v>4</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
           <t>Михаил</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>03.02.2024 / 12:43:29</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>0:01:05</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
-          <t>738d 19:37:57</t>
+          <t>784d 16:28:29</t>
         </is>
       </c>
       <c r="F5" s="1" t="n">
         <v>100</v>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>Не в игре, Завершено</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
         <v>5</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
           <t>JULIA</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>20.12.2023 / 20:20:36</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>0:01:12</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
-          <t>783d 12:00:50</t>
+          <t>829d 8:51:22</t>
         </is>
       </c>
       <c r="F6" s="1" t="n">
         <v>100</v>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>Не в игре, Завершено</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
         <v>6</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
           <t>Окрошка</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>01.01.2023 / 02:39:40</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>0:01:12</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
-          <t>1137d 5:41:46</t>
+          <t>1183d 2:32:18</t>
         </is>
       </c>
       <c r="F7" s="1" t="n">
         <v>100</v>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>Не в игре, Завершено</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
         <v>7</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
           <t>Вер Мишель</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>03.02.2024 / 13:03:36</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>0:01:17</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
-          <t>738d 19:17:50</t>
+          <t>784d 16:08:22</t>
         </is>
       </c>
       <c r="F8" s="1" t="n">
         <v>100</v>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>Не в игре, Завершено</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
         <v>8</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
           <t>велзович павел</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>03.01.2023 / 17:30:45</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>0:01:55</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
-          <t>1134d 14:50:41</t>
+          <t>1180d 11:41:13</t>
         </is>
       </c>
       <c r="F9" s="1" t="n">
         <v>100</v>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>Не в игре, Завершено</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
         <v>9</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
           <t>Чистяков Вадим</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>30.12.2022 / 22:14:13</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>0:00:00</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
-          <t>1138d 10:07:13</t>
+          <t>1184d 6:57:45</t>
         </is>
       </c>
       <c r="F10" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <t>Не в игре, В процессе</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
         <v>10</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
           <t>Дарина</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>31.12.2022 / 00:09:10</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>0:00:00</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
-          <t>1138d 8:12:16</t>
+          <t>1184d 5:02:48</t>
         </is>
       </c>
       <c r="F11" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <t>Не в игре, В процессе</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
         <v>11</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
           <t>Биттер Мариам</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>31.12.2022 / 00:08:34</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>0:00:00</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
-          <t>1138d 8:12:52</t>
+          <t>1184d 5:03:24</t>
         </is>
       </c>
       <c r="F12" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>Не в игре, В процессе</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
         <v>12</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
           <t>Матевосян Эрик</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>03.01.2023 / 17:29:08</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>0:01:34</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
-          <t>1134d 14:52:18</t>
+          <t>1180d 11:42:50</t>
         </is>
       </c>
       <c r="F13" s="1" t="n">
         <v>100</v>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>Не в игре, Завершено</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
         <v>13</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
           <t>Пингвин Кофа</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>20.05.2024 / 08:05:14</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>0:01:41</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
-          <t>632d 0:16:12</t>
+          <t>677d 21:06:44</t>
         </is>
       </c>
       <c r="F14" s="1" t="n">
         <v>100</v>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>Не в игре, Завершено</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
         <v>14</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
           <t>Name Noon</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>30.12.2022 / 22:45:27</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>0:00:00</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
-          <t>1138d 9:35:59</t>
+          <t>1184d 6:26:31</t>
         </is>
       </c>
       <c r="F15" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>В игре, В процессе</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
         <v>15</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
           <t>Мария</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>30.12.2022 / 22:45:55</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>0:00:00</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
-          <t>1138d 9:35:31</t>
+          <t>1184d 6:26:03</t>
         </is>
       </c>
       <c r="F16" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>Не в игре, В процессе</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
         <v>16</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
           <t>Ангелина</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>25.11.2023 / 15:52:16</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>0:00:49</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
-          <t>808d 16:29:10</t>
+          <t>854d 13:19:42</t>
         </is>
       </c>
       <c r="F17" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>Не в игре, В процессе</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
         <v>17</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
           <t>Кепка</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>30.12.2022 / 22:03:40</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>0:00:00</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
-          <t>1138d 10:17:46</t>
+          <t>1184d 7:08:18</t>
         </is>
       </c>
       <c r="F18" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <t>Не в игре, В процессе</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
         <v>18</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
           <t>karamush</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>28.01.2024 / 00:34:43</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>0:00:13</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
-          <t>745d 7:46:43</t>
+          <t>791d 4:37:15</t>
         </is>
       </c>
       <c r="F19" s="1" t="n">
         <v>100</v>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <t>Не в игре, Завершено</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
         <v>19</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
           <t>ksusha</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>08.11.2024 / 13:15:07</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>0:00:07</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
-          <t>459d 19:06:19</t>
+          <t>505d 15:56:51</t>
         </is>
       </c>
       <c r="F20" s="1" t="n">
         <v>20</v>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <t>Не в игре, В процессе</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
         <v>20</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
           <t>Мистер Робот</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>23.01.2024 / 01:39:10</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>0:00:08</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
-          <t>750d 6:42:16</t>
+          <t>796d 3:32:48</t>
         </is>
       </c>
       <c r="F21" s="1" t="n">
         <v>10</v>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <t>Не в игре, В процессе</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>